--- v0 (2025-10-29)
+++ v1 (2026-03-14)
@@ -1,1233 +1,1185 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="483598D2" w14:textId="1DB21EBA" w:rsidR="00560839" w:rsidRPr="00AC49CD" w:rsidRDefault="000E427B" w:rsidP="008D0380">
+    <w:p w14:paraId="483598D2" w14:textId="1DB21EBA" w:rsidR="00560839" w:rsidRPr="008D0380" w:rsidRDefault="000E427B" w:rsidP="008D0380">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
         <w:spacing w:line="340" w:lineRule="exact"/>
         <w:ind w:right="-284"/>
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="008D0380">
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>OMZETOPGAVE</w:t>
       </w:r>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> HANDELSBEDRIJVEN</w:t>
       </w:r>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00560839" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00560839" w:rsidRPr="008D0380">
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>SECTOR BOOMKWEKERIJGEWASSEN</w:t>
       </w:r>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> + VASTE PLANTEN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F9EFBE" w14:textId="3882AAE5" w:rsidR="000E427B" w:rsidRPr="00AC49CD" w:rsidRDefault="00E12BAD" w:rsidP="00560839">
+    <w:p w14:paraId="68F9EFBE" w14:textId="3A1B6209" w:rsidR="000E427B" w:rsidRDefault="00E12BAD" w:rsidP="00560839">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-285"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PERIODE KALENDERJAAR 20</w:t>
       </w:r>
-      <w:r w:rsidR="00F46967">
+      <w:r w:rsidR="008320CB">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00170997">
+      <w:r w:rsidR="009B0A42">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68CDB6A8" w14:textId="25FCF0FB" w:rsidR="00560839" w:rsidRPr="00AC49CD" w:rsidRDefault="00560839" w:rsidP="00560839">
+    <w:p w14:paraId="68CDB6A8" w14:textId="7CE25CA8" w:rsidR="00560839" w:rsidRDefault="00560839" w:rsidP="00560839">
       <w:pPr>
         <w:pStyle w:val="Naktuinbouwstandaard"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="9185"/>
         </w:tabs>
         <w:ind w:right="-284"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00560839">
         <w:t>van de omzet van Boomkwekerijgewassen</w:t>
       </w:r>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C60A50">
         <w:t xml:space="preserve"> en vaste planten</w:t>
       </w:r>
-      <w:r w:rsidR="00A676BF" w:rsidRPr="00AC49CD">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A676BF">
         <w:t xml:space="preserve"> over het kalenderjaar 20</w:t>
       </w:r>
-      <w:r w:rsidR="00F46967">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008320CB">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00170997">
-[...3 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="009B0A42">
+        <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F9EFBF" w14:textId="36E53654" w:rsidR="000E427B" w:rsidRPr="00AC49CD" w:rsidRDefault="00560839" w:rsidP="00560839">
+    <w:p w14:paraId="68F9EFBF" w14:textId="36E53654" w:rsidR="000E427B" w:rsidRPr="00560839" w:rsidRDefault="00560839" w:rsidP="00560839">
       <w:pPr>
         <w:pStyle w:val="Naktuinbouwstandaard"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="9185"/>
         </w:tabs>
         <w:ind w:right="-284"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00560839">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="000E427B" w:rsidRPr="00AC49CD">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000E427B" w:rsidRPr="00560839">
         <w:t xml:space="preserve"> in het boekjaar van </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:alias w:val="Voer hier het jaartal in"/>
           <w:tag w:val="Voer hier het jaartal in"/>
           <w:id w:val="1461761458"/>
           <w:placeholder>
             <w:docPart w:val="A44E506715864E3DBF3EA47F38B78695"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000E427B" w:rsidRPr="00AC49CD">
-[...2 lines deleted...]
-            </w:rPr>
+          <w:r w:rsidR="000E427B" w:rsidRPr="00560839">
             <w:t>JAARTAL</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="000E427B" w:rsidRPr="00AC49CD">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000E427B" w:rsidRPr="00560839">
         <w:t xml:space="preserve"> tot </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:alias w:val="Voer hier het jaartal in"/>
           <w:tag w:val="Voer hier het jaartal in"/>
           <w:id w:val="1920362404"/>
           <w:placeholder>
             <w:docPart w:val="DB72E2FE9C2B4931B7565C1DB473B177"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="000E427B" w:rsidRPr="00AC49CD">
-[...2 lines deleted...]
-            </w:rPr>
+          <w:r w:rsidR="000E427B" w:rsidRPr="00560839">
             <w:t>JAARTAL</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="000E427B" w:rsidRPr="00AC49CD">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000E427B" w:rsidRPr="00560839">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AD895B4" w14:textId="77777777" w:rsidR="008D0380" w:rsidRPr="00AC49CD" w:rsidRDefault="00A750AD" w:rsidP="008D0380">
+    <w:p w14:paraId="6AD895B4" w14:textId="77777777" w:rsidR="008D0380" w:rsidRDefault="00A750AD" w:rsidP="008D0380">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
         </w:tabs>
         <w:spacing w:before="120" w:line="240" w:lineRule="exact"/>
         <w:ind w:right="-284"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00ED401D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>U kunt dit document in zijn geheel digitaal invullen door op de velden te klikken die rood oplichten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F9EFC0" w14:textId="0BB9B92C" w:rsidR="00A750AD" w:rsidRPr="00AC49CD" w:rsidRDefault="00A750AD" w:rsidP="008D0380">
+    <w:p w14:paraId="68F9EFC0" w14:textId="76AF5503" w:rsidR="00A750AD" w:rsidRPr="00ED401D" w:rsidRDefault="00A750AD" w:rsidP="008D0380">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
         </w:tabs>
         <w:spacing w:after="360" w:line="240" w:lineRule="exact"/>
         <w:ind w:right="-284"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00ED401D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Na het invullen kunt </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CC0470">
+        <w:t>Na het invullen kunt het document opslaan en mail</w:t>
+      </w:r>
+      <w:r w:rsidR="008F03EB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">u </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AC49CD">
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED401D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>het document opslaan en mail</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> naar </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00560839" w:rsidRPr="00AC49CD">
+        <w:r w:rsidR="00560839" w:rsidRPr="00AE0B26">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>boomkwekerij@naktuinbouw.nl</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001C1CF0" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="001C1CF0">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001C1CF0" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="001C1CF0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(waar nodig voorzien van een financiële verklaring).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A817B9F" w14:textId="77777777" w:rsidR="008D0380" w:rsidRPr="00AC49CD" w:rsidRDefault="008D0380" w:rsidP="008D0380">
+    <w:p w14:paraId="6A817B9F" w14:textId="77777777" w:rsidR="008D0380" w:rsidRDefault="008D0380" w:rsidP="008D0380">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-285"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68F9EFC1" w14:textId="3512D934" w:rsidR="000E427B" w:rsidRPr="00AC49CD" w:rsidRDefault="000E427B" w:rsidP="00560839">
+    <w:p w14:paraId="68F9EFC1" w14:textId="5BD17E60" w:rsidR="000E427B" w:rsidRPr="00560839" w:rsidRDefault="000E427B" w:rsidP="00560839">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-285"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68F9F008" wp14:editId="23058C3F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3120390</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>74930</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2819400" cy="332105"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="10795"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="Rectangle 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2819400" cy="332105"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="68F9F014" w14:textId="18821362" w:rsidR="000E427B" w:rsidRPr="0041329E" w:rsidRDefault="000E427B" w:rsidP="000E427B">
+                          <w:p w14:paraId="68F9F014" w14:textId="6EEA0B57" w:rsidR="000E427B" w:rsidRPr="0041329E" w:rsidRDefault="000E427B" w:rsidP="000E427B">
                             <w:pPr>
                               <w:pStyle w:val="Kop1"/>
                               <w:spacing w:before="60"/>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0041329E">
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t>In te zenden vóór 1</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="00366B50">
+                            <w:r w:rsidR="0052066E">
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>juli</w:t>
+                              <w:t>ju</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="009B0A42">
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
+                              <w:t>l</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="0041329E">
+                            <w:r w:rsidR="0052066E">
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>20</w:t>
+                              <w:t>i 20</w:t>
                             </w:r>
-                            <w:r w:rsidR="00AC49CD">
+                            <w:r w:rsidR="000B4AF0">
                               <w:rPr>
                                 <w:sz w:val="24"/>
                               </w:rPr>
-                              <w:t>2</w:t>
-[...5 lines deleted...]
-                              <w:t>5</w:t>
+                              <w:t>26</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:rect w14:anchorId="68F9F008" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:245.7pt;margin-top:5.9pt;width:222pt;height:26.15pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDiUJuxEQIAACEEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7azSZtYcVarbFNV&#10;2l6kbT8AYxyjYoYOJHb69R1INptenqrygGaY4XDmzLC6HXvDDgq9BlvxYpJzpqyERttdxb9+2b5a&#10;cOaDsI0wYFXFj8rz2/XLF6vBlWoKHZhGISMQ68vBVbwLwZVZ5mWneuEn4JSlYAvYi0Au7rIGxUDo&#10;vcmmef46GwAbhyCV93R6fwrydcJvWyXDp7b1KjBTceIW0o5pr+OerVei3KFwnZZnGuIfWPRCW3r0&#10;AnUvgmB71H9A9VoieGjDREKfQdtqqVINVE2R/1bNYyecSrWQON5dZPL/D1Z+PDy6zxipe/cA8ptn&#10;FjadsDt1hwhDp0RDzxVRqGxwvrxciI6nq6wePkBDrRX7AEmDscU+AlJ1bExSHy9SqzEwSYfTRbGc&#10;5dQRSbGbm2mRz9MTony67dCHdwp6Fo2KI7UyoYvDgw+RjSifUhJ7MLrZamOSg7t6Y5AdBLV9m9YZ&#10;3V+nGcuGii/n03lC/iXmryHytP4G0etA82t0X/HFJUmUUba3tknTFYQ2J5soG3vWMUoXp9SXYaxH&#10;SoxmDc2RFEU4zSn9KzI6wB+cDTSjFfff9wIVZ+a9pa4si9ksDnVyZvM3U3LwOlJfR4SVBFXxwNnJ&#10;3ITTR9g71LuOXiqSDBbuqJOtTiI/szrzpjlM2p//TBz0az9lPf/s9U8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQCmvpmB3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swstNkJZ&#10;GqOpiceWXrwN7ApUdpawS4v+esdTPc57X968l29n24uzGX3nSEG8iEAYqp3uqFFwLHcPTyB8QNLY&#10;OzIKvo2HbXF7k2Om3YX25nwIjeAQ8hkqaEMYMil93RqLfuEGQ+x9utFi4HNspB7xwuG2l8soWkuL&#10;HfGHFgfz0pr66zBZBVW3POLPvnyLbLpbhfe5PE0fr0rd383PGxDBzOEKw199rg4Fd6rcRNqLXkGS&#10;xgmjbMQ8gYF09chCpWCdxCCLXP5fUPwCAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4lCb&#10;sRECAAAhBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;pr6Zgd4AAAAJAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="68F9F014" w14:textId="18821362" w:rsidR="000E427B" w:rsidRPr="0041329E" w:rsidRDefault="000E427B" w:rsidP="000E427B">
+                    <w:p w14:paraId="68F9F014" w14:textId="6EEA0B57" w:rsidR="000E427B" w:rsidRPr="0041329E" w:rsidRDefault="000E427B" w:rsidP="000E427B">
                       <w:pPr>
                         <w:pStyle w:val="Kop1"/>
                         <w:spacing w:before="60"/>
                         <w:rPr>
                           <w:sz w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0041329E">
                         <w:rPr>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t>In te zenden vóór 1</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="00366B50">
+                      <w:r w:rsidR="0052066E">
                         <w:rPr>
                           <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t>juli</w:t>
+                        <w:t>ju</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="009B0A42">
                         <w:rPr>
                           <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
+                        <w:t>l</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="0041329E">
+                      <w:r w:rsidR="0052066E">
                         <w:rPr>
                           <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t>20</w:t>
+                        <w:t>i 20</w:t>
                       </w:r>
-                      <w:r w:rsidR="00AC49CD">
+                      <w:r w:rsidR="000B4AF0">
                         <w:rPr>
                           <w:sz w:val="24"/>
                         </w:rPr>
-                        <w:t>2</w:t>
-[...5 lines deleted...]
-                        <w:t>5</w:t>
+                        <w:t>26</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00F46967">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00560839">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Relatienr.:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:alias w:val="Klantnummer"/>
-          <w:tag w:val="Klantnummer"/>
+          <w:alias w:val="Relatienummer"/>
+          <w:tag w:val="Relatienummer"/>
           <w:id w:val="450519340"/>
           <w:placeholder>
             <w:docPart w:val="A8525C5B851042D6A0CFC690CF32CDDB"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="003B3A3E" w:rsidRPr="00AC49CD">
+          <w:r w:rsidR="00625A25" w:rsidRPr="00560839">
             <w:rPr>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Voer hier uw </w:t>
-[...11 lines deleted...]
-            <w:t xml:space="preserve"> in</w:t>
+            <w:t>Voer hier uw relatienummer in</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="68F9EFC2" w14:textId="0A733AD0" w:rsidR="000E427B" w:rsidRPr="00AC49CD" w:rsidRDefault="000E427B" w:rsidP="00560839">
+    <w:p w14:paraId="68F9EFC2" w14:textId="0A733AD0" w:rsidR="000E427B" w:rsidRDefault="000E427B" w:rsidP="00560839">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bedrijfsnaam:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Bedrijfsnaam"/>
           <w:tag w:val="Bedrijfsnaam"/>
           <w:id w:val="928323729"/>
           <w:placeholder>
             <w:docPart w:val="41D8FA282BA143C19EDC6855F3E282E6"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00453E08" w:rsidRPr="00AC49CD">
+          <w:r w:rsidR="00453E08" w:rsidRPr="00560839">
             <w:rPr>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Voer hier uw bedrijfsnaam in</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0007B9E8" w14:textId="2709AAD4" w:rsidR="00C60A50" w:rsidRPr="00AC49CD" w:rsidRDefault="00C60A50" w:rsidP="00C60A50">
+    <w:p w14:paraId="0007B9E8" w14:textId="2709AAD4" w:rsidR="00C60A50" w:rsidRPr="00560839" w:rsidRDefault="00C60A50" w:rsidP="00C60A50">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="-284"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>KvK nummer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560839">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="KvK nummer"/>
           <w:tag w:val="KvK nummer"/>
           <w:id w:val="-1419935570"/>
           <w:placeholder>
             <w:docPart w:val="656990DDCD3242D8B4CF088CA45E3521"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="001C1CF0" w:rsidRPr="00AC49CD">
+          <w:r w:rsidR="001C1CF0" w:rsidRPr="00560839">
             <w:rPr>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Voer hier uw KvK nummer in</w:t>
+            <w:t xml:space="preserve">Voer hier uw </w:t>
+          </w:r>
+          <w:r w:rsidR="001C1CF0">
+            <w:rPr>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>KvK nummer</w:t>
+          </w:r>
+          <w:r w:rsidR="001C1CF0" w:rsidRPr="00560839">
+            <w:rPr>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> in</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="68F9EFC3" w14:textId="383CDC78" w:rsidR="000E427B" w:rsidRPr="00AC49CD" w:rsidRDefault="000E427B" w:rsidP="000E427B">
+    <w:p w14:paraId="68F9EFC3" w14:textId="383CDC78" w:rsidR="000E427B" w:rsidRDefault="000E427B" w:rsidP="000E427B">
       <w:pPr>
         <w:pStyle w:val="Naktuinbouwstandaard"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25144405" w14:textId="0B478962" w:rsidR="00C60A50" w:rsidRPr="00AC49CD" w:rsidRDefault="00C60A50" w:rsidP="00C60A50">
+    <w:p w14:paraId="25144405" w14:textId="3183EEF1" w:rsidR="00C60A50" w:rsidRDefault="00C60A50" w:rsidP="00C60A50">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="exact"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r>
         <w:t xml:space="preserve">Hierbij vragen wij u in te vullen in welke omzetcategorie uw bedrijf valt. Als </w:t>
       </w:r>
-      <w:r w:rsidR="00A676BF" w:rsidRPr="00AC49CD">
-[...6 lines deleted...]
-        <w:t>geen formulier van u hebben ontvangen, wordt u in de hoogste omzetcategorie ingedeeld.</w:t>
+      <w:r w:rsidR="00A676BF">
+        <w:t xml:space="preserve">we uiterlijk </w:t>
+      </w:r>
+      <w:r w:rsidR="00054A53">
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0A42">
+        <w:t>juli</w:t>
+      </w:r>
+      <w:r w:rsidR="00054A53">
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0A42">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> geen formulier van u hebben ontvangen, wordt u in de hoogste omzetcategorie ingedeeld.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ECE874F" w14:textId="6B26BA72" w:rsidR="00C60A50" w:rsidRPr="00AC49CD" w:rsidRDefault="00A676BF" w:rsidP="00C60A50">
+    <w:p w14:paraId="0ECE874F" w14:textId="0B901298" w:rsidR="00C60A50" w:rsidRPr="00C60A50" w:rsidRDefault="00A676BF" w:rsidP="00C60A50">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="4253"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>Omzet</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>Tarief 20</w:t>
       </w:r>
-      <w:r w:rsidR="00AC49CD">
+      <w:r w:rsidR="007C359E">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>2</w:t>
-[...11 lines deleted...]
-        <w:tab/>
+        <w:t>26</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="506B1E20" w14:textId="10038816" w:rsidR="00C60A50" w:rsidRPr="00AC49CD" w:rsidRDefault="00CC0470" w:rsidP="00C60A50">
+    <w:p w14:paraId="506B1E20" w14:textId="157636B8" w:rsidR="00C60A50" w:rsidRPr="00C60A50" w:rsidRDefault="009B0A42" w:rsidP="00C60A50">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="right" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:sz w:val="36"/>
           </w:rPr>
           <w:id w:val="-1856103590"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00F46967">
+          <w:r w:rsidR="00AA2DAB">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="36"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tot € 100.000,-</w:t>
       </w:r>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>€</w:t>
       </w:r>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00170997">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C229C3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>404</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60A50" w:rsidRPr="00C60A50">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,-</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DD53B0E" w14:textId="29958A6D" w:rsidR="00C60A50" w:rsidRPr="00AC49CD" w:rsidRDefault="00CC0470" w:rsidP="00C60A50">
+    <w:p w14:paraId="7DD53B0E" w14:textId="0350915F" w:rsidR="00C60A50" w:rsidRPr="00C60A50" w:rsidRDefault="009B0A42" w:rsidP="00C60A50">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="right" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:sz w:val="36"/>
           </w:rPr>
           <w:id w:val="628353153"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA2DAB" w:rsidRPr="00AC49CD">
+          <w:r w:rsidR="00AA2DAB">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="36"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
-[...17 lines deleted...]
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Van € 100.001,- t</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60A50" w:rsidRPr="00C60A50">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ot € 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60A50">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.000.000,-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>€</w:t>
       </w:r>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00170997">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C229C3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1.093</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60A50" w:rsidRPr="00C60A50">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,-</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50888E9B" w14:textId="12027D87" w:rsidR="00C60A50" w:rsidRPr="00AC49CD" w:rsidRDefault="00CC0470" w:rsidP="00C60A50">
+    <w:p w14:paraId="50888E9B" w14:textId="61AF890E" w:rsidR="00C60A50" w:rsidRPr="00C60A50" w:rsidRDefault="009B0A42" w:rsidP="00C60A50">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="right" w:pos="5103"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:sz w:val="36"/>
           </w:rPr>
           <w:id w:val="-259074724"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00AA2DAB" w:rsidRPr="00AC49CD">
+          <w:r w:rsidR="00AA2DAB">
             <w:rPr>
-              <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b/>
               <w:sz w:val="36"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Boven</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60A50" w:rsidRPr="00C60A50">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> € 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60A50">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.000.000,-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>€</w:t>
       </w:r>
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C60A50">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00170997">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C60A50" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00C229C3">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="008320CB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>173</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60A50" w:rsidRPr="00C60A50">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,-</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D13E2B0" w14:textId="77777777" w:rsidR="00C60A50" w:rsidRPr="00AC49CD" w:rsidRDefault="00C60A50" w:rsidP="00C60A50"/>
-    <w:p w14:paraId="68F9F002" w14:textId="0891DBC4" w:rsidR="000E427B" w:rsidRPr="00AC49CD" w:rsidRDefault="000E427B" w:rsidP="00453E08">
+    <w:p w14:paraId="2D13E2B0" w14:textId="77777777" w:rsidR="00C60A50" w:rsidRDefault="00C60A50" w:rsidP="00C60A50"/>
+    <w:p w14:paraId="68F9F002" w14:textId="0891DBC4" w:rsidR="000E427B" w:rsidRDefault="000E427B" w:rsidP="00453E08">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bovenstaande bedragen komen overeen met de financiële administratie en zijn in de vastg</w:t>
       </w:r>
-      <w:r w:rsidR="00560839" w:rsidRPr="00AC49CD">
+      <w:r w:rsidR="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>estelde jaarrekening opgenomen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C81C28B" w14:textId="717AA6DA" w:rsidR="00560839" w:rsidRPr="00AC49CD" w:rsidRDefault="00560839" w:rsidP="008D0380">
+    <w:p w14:paraId="5C81C28B" w14:textId="717AA6DA" w:rsidR="00560839" w:rsidRPr="00560839" w:rsidRDefault="00560839" w:rsidP="008D0380">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68F9F003" w14:textId="7244046C" w:rsidR="000E427B" w:rsidRPr="00AC49CD" w:rsidRDefault="000E427B" w:rsidP="00560839">
+    <w:p w14:paraId="68F9F003" w14:textId="51240CAC" w:rsidR="000E427B" w:rsidRPr="00560839" w:rsidRDefault="000E427B" w:rsidP="00560839">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="480" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ingevoerd door:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:alias w:val="Voer hier uw naam in"/>
+          <w:tag w:val="Voer hier uw naam in"/>
+          <w:id w:val="537792347"/>
+          <w:placeholder>
+            <w:docPart w:val="0A8FF517AD3D4D4A9B0029AE47BC1301"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w15:color w:val="FF0000"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00625A25" w:rsidRPr="008D0380">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Voer hier uw naam in</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
     </w:p>
-    <w:p w14:paraId="68F9F004" w14:textId="093CE22B" w:rsidR="000E427B" w:rsidRPr="00AC49CD" w:rsidRDefault="000E427B" w:rsidP="00560839">
+    <w:p w14:paraId="68F9F004" w14:textId="093CE22B" w:rsidR="000E427B" w:rsidRPr="00560839" w:rsidRDefault="000E427B" w:rsidP="00560839">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:after="480" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Plaats:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Plaats van invoer"/>
           <w:tag w:val="Plaats van invoer"/>
           <w:id w:val="-209493463"/>
           <w:placeholder>
             <w:docPart w:val="6DCAF402EB184FBDB6C472FCD242933C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00625A25" w:rsidRPr="00AC49CD">
+          <w:r w:rsidR="00625A25" w:rsidRPr="008D0380">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Plaats van invoer</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="68F9F005" w14:textId="47F9CBC3" w:rsidR="00C96A82" w:rsidRPr="00AC49CD" w:rsidRDefault="000E427B" w:rsidP="00560839">
+    <w:p w14:paraId="68F9F005" w14:textId="47F9CBC3" w:rsidR="00C96A82" w:rsidRPr="00560839" w:rsidRDefault="000E427B" w:rsidP="00560839">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6600"/>
         </w:tabs>
         <w:spacing w:after="360" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Datum:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC49CD">
+      <w:r w:rsidRPr="00560839">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:alias w:val="Klik hier voor de datum van invoer"/>
           <w:tag w:val="Klik hier voor de datum van invoer"/>
           <w:id w:val="-931579320"/>
           <w:placeholder>
             <w:docPart w:val="04E8522FB58F449E98AE6C4D68B2A953"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF0000"/>
           <w:date w:fullDate="2016-03-04T00:00:00Z">
             <w:dateFormat w:val="d-M-yyyy"/>
             <w:lid w:val="nl-NL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="002012D6" w:rsidRPr="00AC49CD">
+          <w:r w:rsidR="002012D6" w:rsidRPr="008D0380">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Datum van invoer</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2608FB82" w14:textId="77777777" w:rsidR="00560839" w:rsidRPr="00AC49CD" w:rsidRDefault="00560839" w:rsidP="008D0380">
+    <w:p w14:paraId="2608FB82" w14:textId="77777777" w:rsidR="00560839" w:rsidRDefault="00560839" w:rsidP="008D0380">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="80" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00560839" w:rsidRPr="00AC49CD" w:rsidSect="009E5A67">
+    <w:sectPr w:rsidR="00560839" w:rsidSect="009E5A67">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
-      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="539" w:right="1418" w:bottom="539" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:paperSrc w:first="2"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E98B4A5" w14:textId="77777777" w:rsidR="004A2AB0" w:rsidRDefault="004A2AB0">
+    <w:p w14:paraId="6F8AB7DA" w14:textId="77777777" w:rsidR="00A053A2" w:rsidRDefault="00A053A2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17C623DA" w14:textId="77777777" w:rsidR="004A2AB0" w:rsidRDefault="004A2AB0">
+    <w:p w14:paraId="4770505B" w14:textId="77777777" w:rsidR="00A053A2" w:rsidRDefault="00A053A2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1258,180 +1210,93 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers">
     <w:altName w:val="Univers"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68F9F011" w14:textId="77777777" w:rsidR="00461F71" w:rsidRDefault="00461F71" w:rsidP="00ED216F">
+  <w:p w14:paraId="68F9F011" w14:textId="77777777" w:rsidR="00E26406" w:rsidRDefault="00E26406" w:rsidP="00ED216F">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-[...78 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="559540BB" w14:textId="77777777" w:rsidR="004A2AB0" w:rsidRDefault="004A2AB0">
+    <w:p w14:paraId="2B6799A3" w14:textId="77777777" w:rsidR="00A053A2" w:rsidRDefault="00A053A2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2EE2A5B4" w14:textId="77777777" w:rsidR="004A2AB0" w:rsidRDefault="004A2AB0">
+    <w:p w14:paraId="368CC0FA" w14:textId="77777777" w:rsidR="00A053A2" w:rsidRDefault="00A053A2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68F9F010" w14:textId="77777777" w:rsidR="00461F71" w:rsidRPr="008F03EB" w:rsidRDefault="00461F71" w:rsidP="00ED216F">
+  <w:p w14:paraId="68F9F010" w14:textId="77777777" w:rsidR="00E26406" w:rsidRPr="008F03EB" w:rsidRDefault="00E26406" w:rsidP="00ED216F">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="14EF4C95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6C4AF170"/>
     <w:lvl w:ilvl="0" w:tplc="587E5EE8">
       <w:start w:val="18"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -1515,213 +1380,168 @@
     <w:lvl w:ilvl="7" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1907450598">
+  <w:num w:numId="1" w16cid:durableId="175578158">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000E427B"/>
-    <w:rsid w:val="00016F8B"/>
-    <w:rsid w:val="00024AA6"/>
+    <w:rsid w:val="00054A53"/>
     <w:rsid w:val="000A21F6"/>
-    <w:rsid w:val="000D408F"/>
+    <w:rsid w:val="000B4AF0"/>
     <w:rsid w:val="000E427B"/>
-    <w:rsid w:val="000E5400"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00170997"/>
+    <w:rsid w:val="00116BAA"/>
     <w:rsid w:val="00186D12"/>
-    <w:rsid w:val="00193FEF"/>
     <w:rsid w:val="00194608"/>
     <w:rsid w:val="001C1CF0"/>
     <w:rsid w:val="002012D6"/>
-    <w:rsid w:val="00205866"/>
     <w:rsid w:val="00226309"/>
-    <w:rsid w:val="002316A8"/>
-    <w:rsid w:val="00232F0E"/>
     <w:rsid w:val="00233CCB"/>
-    <w:rsid w:val="0023661B"/>
-[...9 lines deleted...]
-    <w:rsid w:val="003B3A3E"/>
+    <w:rsid w:val="002E4F8A"/>
     <w:rsid w:val="00406CA1"/>
     <w:rsid w:val="00453E08"/>
-    <w:rsid w:val="00455FA9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004A2AB0"/>
+    <w:rsid w:val="004E1A78"/>
     <w:rsid w:val="004F0BB8"/>
-    <w:rsid w:val="004F43EC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00513EF1"/>
+    <w:rsid w:val="0052066E"/>
     <w:rsid w:val="00560839"/>
     <w:rsid w:val="00561182"/>
     <w:rsid w:val="005822BB"/>
-    <w:rsid w:val="00585A0D"/>
     <w:rsid w:val="005B54EE"/>
+    <w:rsid w:val="005D1325"/>
+    <w:rsid w:val="005E78CB"/>
     <w:rsid w:val="00600FDF"/>
-    <w:rsid w:val="006206EF"/>
+    <w:rsid w:val="00621187"/>
     <w:rsid w:val="00625A25"/>
+    <w:rsid w:val="00625AB5"/>
     <w:rsid w:val="006365B9"/>
     <w:rsid w:val="00661BCF"/>
-    <w:rsid w:val="006A45DB"/>
     <w:rsid w:val="006B0B51"/>
-    <w:rsid w:val="007030DB"/>
     <w:rsid w:val="007173A1"/>
-    <w:rsid w:val="00730F49"/>
-    <w:rsid w:val="007B410D"/>
+    <w:rsid w:val="00780FA7"/>
     <w:rsid w:val="007B4B0E"/>
     <w:rsid w:val="007C18A0"/>
+    <w:rsid w:val="007C359E"/>
     <w:rsid w:val="008229CB"/>
-    <w:rsid w:val="0086197B"/>
+    <w:rsid w:val="008320CB"/>
     <w:rsid w:val="0089210F"/>
-    <w:rsid w:val="00897CB9"/>
     <w:rsid w:val="008A3784"/>
     <w:rsid w:val="008D0380"/>
-    <w:rsid w:val="008D41A1"/>
-    <w:rsid w:val="008E419C"/>
     <w:rsid w:val="008F03EB"/>
-    <w:rsid w:val="009150A6"/>
-    <w:rsid w:val="00916BB8"/>
     <w:rsid w:val="009559E2"/>
-    <w:rsid w:val="0097202F"/>
-    <w:rsid w:val="00993004"/>
+    <w:rsid w:val="009B0A42"/>
     <w:rsid w:val="009D7714"/>
+    <w:rsid w:val="00A053A2"/>
     <w:rsid w:val="00A24B40"/>
-    <w:rsid w:val="00A51C0F"/>
     <w:rsid w:val="00A676BF"/>
-    <w:rsid w:val="00A73A5A"/>
     <w:rsid w:val="00A750AD"/>
-    <w:rsid w:val="00A90377"/>
     <w:rsid w:val="00AA2DAB"/>
-    <w:rsid w:val="00AA2FC6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AC49CD"/>
+    <w:rsid w:val="00AA2FD5"/>
+    <w:rsid w:val="00AF2BA3"/>
     <w:rsid w:val="00B503CE"/>
-    <w:rsid w:val="00B72014"/>
     <w:rsid w:val="00B75906"/>
-    <w:rsid w:val="00B96A71"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C4233D"/>
+    <w:rsid w:val="00C229C3"/>
+    <w:rsid w:val="00C53F7C"/>
     <w:rsid w:val="00C60A50"/>
     <w:rsid w:val="00C7485A"/>
     <w:rsid w:val="00C96A82"/>
     <w:rsid w:val="00C9705C"/>
-    <w:rsid w:val="00CC0470"/>
     <w:rsid w:val="00CE3BF6"/>
-    <w:rsid w:val="00D32073"/>
-    <w:rsid w:val="00DC1B99"/>
+    <w:rsid w:val="00D401DC"/>
     <w:rsid w:val="00E12BAD"/>
+    <w:rsid w:val="00E26406"/>
     <w:rsid w:val="00E30030"/>
-    <w:rsid w:val="00E310BE"/>
     <w:rsid w:val="00EC1D87"/>
     <w:rsid w:val="00F360B2"/>
-    <w:rsid w:val="00F46967"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FD59BE"/>
+    <w:rsid w:val="00F94D22"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="68F9EFBE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{40978A6D-96A8-45F2-8CE8-7BE2C5CB902B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -2362,273 +2182,297 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="BallontekstChar">
     <w:name w:val="Ballontekst Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Ballontekst"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C60A50"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="nl-NL"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boomkwekerij@naktuinbouw.nl?subject=Opgave%20Omzetopgave%20handelsbedrijven" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:boomkwekerij@naktuinbouw.nl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A44E506715864E3DBF3EA47F38B78695"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4D7FCB7C-4D7F-43C6-9E7D-D055F80965D3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00630A9A" w:rsidP="00630A9A">
+        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00CE1C8D" w:rsidP="00A169C0">
           <w:pPr>
-            <w:pStyle w:val="A44E506715864E3DBF3EA47F38B78695"/>
+            <w:pStyle w:val="A44E506715864E3DBF3EA47F38B786957"/>
           </w:pPr>
-          <w:r w:rsidRPr="00AC49CD">
-[...2 lines deleted...]
-            </w:rPr>
+          <w:r w:rsidRPr="00560839">
             <w:t>JAARTAL</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DB72E2FE9C2B4931B7565C1DB473B177"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1B20398A-3744-43AC-A562-4A38318F2C76}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00630A9A" w:rsidP="00630A9A">
+        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00CE1C8D" w:rsidP="00A169C0">
           <w:pPr>
-            <w:pStyle w:val="DB72E2FE9C2B4931B7565C1DB473B177"/>
+            <w:pStyle w:val="DB72E2FE9C2B4931B7565C1DB473B1777"/>
           </w:pPr>
-          <w:r w:rsidRPr="00AC49CD">
-[...2 lines deleted...]
-            </w:rPr>
+          <w:r w:rsidRPr="00560839">
             <w:t>JAARTAL</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A8525C5B851042D6A0CFC690CF32CDDB"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8D30C9A7-1A14-488D-B79C-49900E537C93}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00630A9A" w:rsidP="00630A9A">
+        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00CE1C8D" w:rsidP="00CE1C8D">
           <w:pPr>
-            <w:pStyle w:val="A8525C5B851042D6A0CFC690CF32CDDB"/>
+            <w:pStyle w:val="A8525C5B851042D6A0CFC690CF32CDDB9"/>
           </w:pPr>
-          <w:r w:rsidRPr="00AC49CD">
+          <w:r w:rsidRPr="00560839">
             <w:rPr>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t xml:space="preserve">Voer hier uw </w:t>
-[...11 lines deleted...]
-            <w:t xml:space="preserve"> in</w:t>
+            <w:t>Voer hier uw relatienummer in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="41D8FA282BA143C19EDC6855F3E282E6"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CF222564-556B-4C94-B83D-205A625D69AF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00630A9A" w:rsidP="00630A9A">
+        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00CE1C8D" w:rsidP="00CE1C8D">
           <w:pPr>
-            <w:pStyle w:val="41D8FA282BA143C19EDC6855F3E282E6"/>
+            <w:pStyle w:val="41D8FA282BA143C19EDC6855F3E282E69"/>
           </w:pPr>
-          <w:r w:rsidRPr="00AC49CD">
+          <w:r w:rsidRPr="00560839">
             <w:rPr>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Voer hier uw bedrijfsnaam in</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0A8FF517AD3D4D4A9B0029AE47BC1301"/>
+        <w:category>
+          <w:name w:val="Algemeen"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{57F64E1F-5FAA-4514-93CD-E77782152F91}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00CE1C8D" w:rsidP="00CE1C8D">
+          <w:pPr>
+            <w:pStyle w:val="0A8FF517AD3D4D4A9B0029AE47BC13019"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008D0380">
+            <w:rPr>
+              <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>Voer hier uw naam in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6DCAF402EB184FBDB6C472FCD242933C"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{988CEC7D-AAF6-4E00-94B8-CFAA2262936A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00630A9A" w:rsidP="00630A9A">
+        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00CE1C8D" w:rsidP="00CE1C8D">
           <w:pPr>
-            <w:pStyle w:val="6DCAF402EB184FBDB6C472FCD242933C"/>
+            <w:pStyle w:val="6DCAF402EB184FBDB6C472FCD242933C9"/>
           </w:pPr>
-          <w:r w:rsidRPr="00AC49CD">
+          <w:r w:rsidRPr="008D0380">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Plaats van invoer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="04E8522FB58F449E98AE6C4D68B2A953"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3149715B-A5F3-4D33-89D6-9ADA45F992BC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00630A9A" w:rsidP="00630A9A">
+        <w:p w:rsidR="009F4F7E" w:rsidRDefault="00CE1C8D" w:rsidP="00CE1C8D">
           <w:pPr>
-            <w:pStyle w:val="04E8522FB58F449E98AE6C4D68B2A953"/>
+            <w:pStyle w:val="04E8522FB58F449E98AE6C4D68B2A9539"/>
           </w:pPr>
-          <w:r w:rsidRPr="00AC49CD">
+          <w:r w:rsidRPr="008D0380">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Datum van invoer</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="656990DDCD3242D8B4CF088CA45E3521"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{28A717E3-E370-47BA-A346-7A0A74847A51}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BD4995" w:rsidRDefault="00630A9A" w:rsidP="00630A9A">
+        <w:p w:rsidR="00BD4995" w:rsidRDefault="00CE1C8D" w:rsidP="00CE1C8D">
           <w:pPr>
-            <w:pStyle w:val="656990DDCD3242D8B4CF088CA45E3521"/>
+            <w:pStyle w:val="656990DDCD3242D8B4CF088CA45E35211"/>
           </w:pPr>
-          <w:r w:rsidRPr="00AC49CD">
+          <w:r w:rsidRPr="00560839">
             <w:rPr>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>Voer hier uw KvK nummer in</w:t>
+            <w:t xml:space="preserve">Voer hier uw </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t>KvK nummer</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00560839">
+            <w:rPr>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> in</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2659,121 +2503,102 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers">
     <w:altName w:val="Univers"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00980BCF"/>
-    <w:rsid w:val="00024AA6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00324CB4"/>
     <w:rsid w:val="003936EE"/>
-    <w:rsid w:val="00452DD6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005975C2"/>
+    <w:rsid w:val="004E1A78"/>
+    <w:rsid w:val="005D00A8"/>
     <w:rsid w:val="005D6E46"/>
-    <w:rsid w:val="00630A9A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0086197B"/>
+    <w:rsid w:val="008D63FE"/>
     <w:rsid w:val="00980BCF"/>
+    <w:rsid w:val="009A389B"/>
     <w:rsid w:val="009F4F7E"/>
     <w:rsid w:val="00A169C0"/>
     <w:rsid w:val="00A867F3"/>
+    <w:rsid w:val="00AA2FD5"/>
     <w:rsid w:val="00BD4995"/>
-    <w:rsid w:val="00BF2680"/>
     <w:rsid w:val="00CE1C8D"/>
-    <w:rsid w:val="00E354F1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FD59BE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -3178,148 +3003,160 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A44E506715864E3DBF3EA47F38B78695">
-[...1 lines deleted...]
-    <w:rsid w:val="00630A9A"/>
+  <w:style w:type="character" w:styleId="Tekstvantijdelijkeaanduiding">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Standaardalinea-lettertype"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CE1C8D"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A44E506715864E3DBF3EA47F38B786957">
+    <w:name w:val="A44E506715864E3DBF3EA47F38B786957"/>
+    <w:rsid w:val="00A169C0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="9185"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Univers" w:eastAsia="Times New Roman" w:hAnsi="Univers" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB72E2FE9C2B4931B7565C1DB473B177">
-[...1 lines deleted...]
-    <w:rsid w:val="00630A9A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DB72E2FE9C2B4931B7565C1DB473B1777">
+    <w:name w:val="DB72E2FE9C2B4931B7565C1DB473B1777"/>
+    <w:rsid w:val="00A169C0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="9185"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Univers" w:eastAsia="Times New Roman" w:hAnsi="Univers" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A8525C5B851042D6A0CFC690CF32CDDB">
-[...1 lines deleted...]
-    <w:rsid w:val="00630A9A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A8525C5B851042D6A0CFC690CF32CDDB9">
+    <w:name w:val="A8525C5B851042D6A0CFC690CF32CDDB9"/>
+    <w:rsid w:val="00CE1C8D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41D8FA282BA143C19EDC6855F3E282E6">
-[...1 lines deleted...]
-    <w:rsid w:val="00630A9A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="41D8FA282BA143C19EDC6855F3E282E69">
+    <w:name w:val="41D8FA282BA143C19EDC6855F3E282E69"/>
+    <w:rsid w:val="00CE1C8D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="656990DDCD3242D8B4CF088CA45E3521">
-[...1 lines deleted...]
-    <w:rsid w:val="00630A9A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="656990DDCD3242D8B4CF088CA45E35211">
+    <w:name w:val="656990DDCD3242D8B4CF088CA45E35211"/>
+    <w:rsid w:val="00CE1C8D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6DCAF402EB184FBDB6C472FCD242933C">
-[...1 lines deleted...]
-    <w:rsid w:val="00630A9A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0A8FF517AD3D4D4A9B0029AE47BC13019">
+    <w:name w:val="0A8FF517AD3D4D4A9B0029AE47BC13019"/>
+    <w:rsid w:val="00CE1C8D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04E8522FB58F449E98AE6C4D68B2A953">
-[...1 lines deleted...]
-    <w:rsid w:val="00630A9A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6DCAF402EB184FBDB6C472FCD242933C9">
+    <w:name w:val="6DCAF402EB184FBDB6C472FCD242933C9"/>
+    <w:rsid w:val="00CE1C8D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Tekstvantijdelijkeaanduiding">
-[...4 lines deleted...]
-    <w:rsid w:val="00630A9A"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="04E8522FB58F449E98AE6C4D68B2A9539">
+    <w:name w:val="04E8522FB58F449E98AE6C4D68B2A9539"/>
+    <w:rsid w:val="00CE1C8D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -3566,89 +3403,77 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ab1060f-0560-4599-9dda-ed7ca285102d" xmlns:ns3="b13121d5-e7ab-449b-8a7d-bd6097964385" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1fc8e7f741ec5f4ad1b076f24f9f55ab" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002748E8898D2FB140A14DD032AEC82C0F" ma:contentTypeVersion="18" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="f35ec629a55fddeba33fe378f9379c0f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ab1060f-0560-4599-9dda-ed7ca285102d" xmlns:ns3="b13121d5-e7ab-449b-8a7d-bd6097964385" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="882a8fdf02322fe92bfb4ba75bd84a0f" ns2:_="" ns3:_="">
     <xsd:import namespace="3ab1060f-0560-4599-9dda-ed7ca285102d"/>
     <xsd:import namespace="b13121d5-e7ab-449b-8a7d-bd6097964385"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3ab1060f-0560-4599-9dda-ed7ca285102d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="12" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -3675,50 +3500,65 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9920feb7-c175-4508-9c69-2dc033b8181e" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="24" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="25" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b13121d5-e7ab-449b-8a7d-bd6097964385" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Gedeeld met" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Gedeeld met details" ma:internalName="SharedWithDetails" ma:readOnly="true">
@@ -3817,156 +3657,158 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b13121d5-e7ab-449b-8a7d-bd6097964385">
+      <Value>50</Value>
+      <Value>64</Value>
+      <Value>6</Value>
+    </TaxCatchAll>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3ab1060f-0560-4599-9dda-ed7ca285102d">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9569A3CB-2C00-490F-A45E-E46196AB4BD5}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43A26328-4FA1-4BE9-994A-058969307B4B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{920F3964-04E5-4985-AF09-098DBF2374E3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F8F31D9-838B-4BB9-8770-3C45F81BD42F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13ABF61C-4EE2-4E03-B43D-E76722190F56}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9569A3CB-2C00-490F-A45E-E46196AB4BD5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="3ab1060f-0560-4599-9dda-ed7ca285102d"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="455fcdb7-a7b0-4e62-aba8-a7671381ccbc"/>
+    <ds:schemaRef ds:uri="b59c4d7d-3d84-4cfe-9b21-38e569d99727"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F8F31D9-838B-4BB9-8770-3C45F81BD42F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8F12048-589C-4DFB-A3A0-BDE118EA0FF6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{6539375e-8893-4d02-8b21-65c65c057157}" enabled="0" method="" siteId="{6539375e-8893-4d02-8b21-65c65c057157}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>186</Words>
-  <Characters>1029</Characters>
+  <Words>182</Words>
+  <Characters>1005</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Opgaveformulier omzetopgave handelsbedrijven Boomkwekerij</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Naktuinbouw</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1213</CharactersWithSpaces>
+  <CharactersWithSpaces>1185</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Opgaveformulier omzetopgave handelsbedrijven Boomkwekerij</dc:title>
   <dc:subject/>
-  <dc:creator>Krijger, E. (Erika)</dc:creator>
+  <dc:creator>Hoogenboom, D. (Dennis)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101002748E8898D2FB140A14DD032AEC82C0F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="TaxKeyword">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Gewasgroep">
     <vt:lpwstr>6;#130-Boomkwekerij Algemeen|1cf39238-b3c6-49c0-bf94-7728e9e09dae</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Document termen">
-    <vt:lpwstr>50;#Opgaveformulieren|6a9e8ddb-df09-446e-a580-af2378f5d553;#83;#Omzetopgave|2d27f16a-6935-4486-beac-b8d15ddede2a</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>50;#Opgaveformulieren|6a9e8ddb-df09-446e-a580-af2378f5d553;#64;#Concepten|25e83d73-a6d6-48b7-9b13-b9f880beac66</vt:lpwstr>
   </property>
 </Properties>
 </file>