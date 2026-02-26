--- v0 (2025-10-07)
+++ v1 (2026-02-26)
@@ -3,83 +3,83 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://naktuinbouw-my.sharepoint.com/personal/e_egthuijsen_naktuinbouw_nl/Documents/Bureaublad/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="129" documentId="8_{CED50DAC-7497-4585-B470-E0B2B26CA926}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2CA650FA-7E92-49FF-B41B-09B3827A38C3}"/>
+  <xr:revisionPtr revIDLastSave="156" documentId="8_{CED50DAC-7497-4585-B470-E0B2B26CA926}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0E800F32-A57D-4FD8-A998-0186B780D974}"/>
   <bookViews>
     <workbookView xWindow="19095" yWindow="0" windowWidth="19410" windowHeight="15585" xr2:uid="{97D62AF5-FC08-4FA4-9BD5-FAAFD2C16120}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="337" uniqueCount="311">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="312">
   <si>
     <t>gewas</t>
   </si>
   <si>
     <t>item nummer</t>
   </si>
   <si>
     <t>bijschrijving op FC naar VK</t>
   </si>
   <si>
     <t>tekst pre exportcertificaat</t>
   </si>
   <si>
     <t xml:space="preserve">10. Onbewortelde stekken van Euphorbia pulcherima </t>
   </si>
   <si>
     <t xml:space="preserve">11. Planten bestemd voor opplant  m.u.v. zaden en onbewortelde stekken, van Euphorbia pulcherima  (excl potplanten &gt; Het moet uit de verpakking en/of bloemontwikkeling duidelijk zijn dat het het bestemd is voor verkoop aan de consument.), </t>
   </si>
   <si>
     <t xml:space="preserve">28. Planten bestemd voor opplant, met uitzondering van zaden, van Fragaria, Lavandula, Solanaceae, Vitis en Vaccinium 
  </t>
   </si>
   <si>
     <t>30. Planten bestemd voor opplant, m.u.v. zaden, van Capsicum annuum, Solanum lycopersicum, Musa, Nicotiana en Solanum melongena, van origine uit landen waarvan bekend is dat Ralstonia solanacearum, Ralstonia pseudosolanacearum, Ralstonia syzygii subsp. celebensis of Ralstonia syzygii subsp. indonesiensis er voorkomt</t>
   </si>
@@ -2780,67 +2780,70 @@
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="4"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>DK-BE-PL land vrij PEC nvt</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
-    <t>Gebaseerd op landeneisen VK sierteelt versie 3.82 datum 24-9-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>item  58A</t>
   </si>
   <si>
     <t>58A</t>
-  </si>
-[...4 lines deleted...]
-    <t>58A.a, 58A.b of 58A.c</t>
   </si>
   <si>
     <t>EU-land vrij van, bijschrijving 58A.a 
 Niet-NL, bijschrijving resp. 58A.a, 58A.b of 58A.c</t>
+  </si>
+  <si>
+    <t>58A. Planten m.u.v. zaden, pollen en weefselkweek, van Pinus (ingangsdatum veranderingen 30-11-2025)</t>
+  </si>
+  <si>
+    <t>58A.a, 58A.b of 58A.c of land vrij</t>
+  </si>
+  <si>
+    <t>item 58A</t>
+  </si>
+  <si>
+    <t>Gebaseerd op landeneisen VK sierteelt versie 3.87 datum 14-1-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
@@ -3050,51 +3053,51 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
+  <cellXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -3148,52 +3151,64 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
@@ -3512,151 +3527,151 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E607DC0-C8F8-4852-A182-D78D6F8E12D6}">
-  <dimension ref="A1:D166"/>
+  <dimension ref="A1:D167"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <pane ySplit="56" topLeftCell="A95" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D99" sqref="D99"/>
+      <pane ySplit="57" topLeftCell="A130" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B129" sqref="B129"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11" style="1" customWidth="1"/>
     <col min="2" max="2" width="44.28515625" style="2" customWidth="1"/>
     <col min="3" max="3" width="35.140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="22.140625" style="2" customWidth="1"/>
     <col min="5" max="16384" width="8.7109375" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="36" t="s">
+      <c r="A1" s="40" t="s">
         <v>37</v>
       </c>
-      <c r="B1" s="36"/>
-[...1 lines deleted...]
-      <c r="D1" s="36"/>
+      <c r="B1" s="40"/>
+      <c r="C1" s="40"/>
+      <c r="D1" s="40"/>
     </row>
     <row r="2" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="9"/>
-      <c r="B2" s="37" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="38"/>
+      <c r="B2" s="41" t="s">
+        <v>311</v>
+      </c>
+      <c r="C2" s="42"/>
       <c r="D2" s="9"/>
     </row>
     <row r="3" spans="1:4" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="43" t="s">
         <v>43</v>
       </c>
-      <c r="C3" s="40"/>
-      <c r="D3" s="40"/>
+      <c r="C3" s="44"/>
+      <c r="D3" s="44"/>
     </row>
     <row r="4" spans="1:4" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="10">
         <v>44223</v>
       </c>
-      <c r="B4" s="41" t="s">
+      <c r="B4" s="45" t="s">
         <v>45</v>
       </c>
-      <c r="C4" s="42"/>
-      <c r="D4" s="42"/>
+      <c r="C4" s="46"/>
+      <c r="D4" s="46"/>
     </row>
     <row r="5" spans="1:4" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="10">
         <v>44230</v>
       </c>
-      <c r="B5" s="41" t="s">
+      <c r="B5" s="45" t="s">
         <v>80</v>
       </c>
-      <c r="C5" s="41"/>
-      <c r="D5" s="41"/>
+      <c r="C5" s="45"/>
+      <c r="D5" s="45"/>
     </row>
     <row r="6" spans="1:4" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="10">
         <v>44237</v>
       </c>
-      <c r="B6" s="41" t="s">
+      <c r="B6" s="45" t="s">
         <v>81</v>
       </c>
-      <c r="C6" s="42"/>
-      <c r="D6" s="42"/>
+      <c r="C6" s="46"/>
+      <c r="D6" s="46"/>
     </row>
     <row r="7" spans="1:4" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="10">
         <v>44243</v>
       </c>
-      <c r="B7" s="41" t="s">
+      <c r="B7" s="45" t="s">
         <v>87</v>
       </c>
-      <c r="C7" s="42"/>
-      <c r="D7" s="42"/>
+      <c r="C7" s="46"/>
+      <c r="D7" s="46"/>
     </row>
     <row r="8" spans="1:4" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="10">
         <v>44257</v>
       </c>
-      <c r="B8" s="41" t="s">
+      <c r="B8" s="45" t="s">
         <v>94</v>
       </c>
-      <c r="C8" s="42"/>
-      <c r="D8" s="42"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
     </row>
     <row r="9" spans="1:4" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="17">
         <v>44265</v>
       </c>
-      <c r="B9" s="41" t="s">
+      <c r="B9" s="45" t="s">
         <v>96</v>
       </c>
-      <c r="C9" s="41"/>
-      <c r="D9" s="41"/>
+      <c r="C9" s="45"/>
+      <c r="D9" s="45"/>
     </row>
     <row r="10" spans="1:4" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="16">
         <v>44272</v>
       </c>
       <c r="B10" s="18" t="s">
         <v>98</v>
       </c>
       <c r="C10" s="18"/>
       <c r="D10" s="19"/>
     </row>
     <row r="11" spans="1:4" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="16">
         <v>44279</v>
       </c>
       <c r="B11" s="18" t="s">
         <v>126</v>
       </c>
       <c r="C11" s="18"/>
       <c r="D11" s="19"/>
     </row>
     <row r="12" spans="1:4" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="16">
         <v>44286</v>
       </c>
@@ -3960,54 +3975,54 @@
     </row>
     <row r="42" spans="1:4" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="16">
         <v>45413</v>
       </c>
       <c r="B42" s="27" t="s">
         <v>253</v>
       </c>
       <c r="C42" s="11"/>
       <c r="D42" s="12"/>
     </row>
     <row r="43" spans="1:4" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="16">
         <v>45428</v>
       </c>
       <c r="B43" s="27" t="s">
         <v>266</v>
       </c>
       <c r="C43" s="11"/>
       <c r="D43" s="12"/>
     </row>
     <row r="44" spans="1:4" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="16">
         <v>45434</v>
       </c>
-      <c r="B44" s="46" t="s">
+      <c r="B44" s="50" t="s">
         <v>265</v>
       </c>
-      <c r="C44" s="38"/>
+      <c r="C44" s="42"/>
       <c r="D44" s="12"/>
     </row>
     <row r="45" spans="1:4" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="16">
         <v>45441</v>
       </c>
       <c r="B45" s="30" t="s">
         <v>272</v>
       </c>
       <c r="C45" s="29"/>
       <c r="D45" s="12"/>
     </row>
     <row r="46" spans="1:4" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="16">
         <v>45497</v>
       </c>
       <c r="B46" s="30" t="s">
         <v>274</v>
       </c>
       <c r="C46" s="29"/>
       <c r="D46" s="12"/>
     </row>
     <row r="47" spans="1:4" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="16">
         <v>45511</v>
@@ -4023,1300 +4038,1304 @@
         <v>45650</v>
       </c>
       <c r="B48" s="30" t="s">
         <v>282</v>
       </c>
       <c r="C48" s="29"/>
       <c r="D48" s="12"/>
     </row>
     <row r="49" spans="1:4" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="16">
         <v>45672</v>
       </c>
       <c r="B49" s="27" t="s">
         <v>289</v>
       </c>
       <c r="C49" s="29"/>
       <c r="D49" s="12"/>
     </row>
     <row r="50" spans="1:4" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="16">
         <v>45714</v>
       </c>
       <c r="B50" s="27" t="s">
         <v>294</v>
       </c>
-      <c r="C50" s="29"/>
+      <c r="C50" s="33"/>
       <c r="D50" s="12"/>
     </row>
-    <row r="51" spans="1:4" ht="12.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="33">
+    <row r="51" spans="1:4" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="34">
         <v>45784</v>
       </c>
-      <c r="B51" s="11" t="s">
+      <c r="B51" s="35" t="s">
         <v>298</v>
       </c>
-      <c r="C51" s="29"/>
-[...3 lines deleted...]
-      <c r="A52" s="33">
+      <c r="C51" s="36"/>
+      <c r="D51" s="37"/>
+    </row>
+    <row r="52" spans="1:4" ht="12.6" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="34">
         <v>45798</v>
       </c>
-      <c r="B52" s="11" t="s">
+      <c r="B52" s="35" t="s">
         <v>301</v>
       </c>
-      <c r="C52" s="29"/>
-[...3 lines deleted...]
-      <c r="A53" s="33">
+      <c r="C52" s="36"/>
+      <c r="D52" s="37"/>
+    </row>
+    <row r="53" spans="1:4" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="34">
         <v>45812</v>
       </c>
-      <c r="B53" s="11" t="s">
+      <c r="B53" s="35" t="s">
         <v>302</v>
       </c>
-      <c r="C53" s="29"/>
-[...3 lines deleted...]
-      <c r="A54" s="33">
+      <c r="C53" s="36"/>
+      <c r="D53" s="37"/>
+    </row>
+    <row r="54" spans="1:4" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="34">
         <v>45847</v>
       </c>
-      <c r="B54" s="11" t="s">
+      <c r="B54" s="35" t="s">
         <v>303</v>
       </c>
-      <c r="C54" s="29"/>
-      <c r="D54" s="12"/>
+      <c r="C54" s="36"/>
+      <c r="D54" s="37"/>
     </row>
     <row r="55" spans="1:4" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="33">
+      <c r="A55" s="34">
         <v>45924</v>
       </c>
-      <c r="B55" s="11" t="s">
-[...6 lines deleted...]
-      <c r="A56" s="3" t="s">
+      <c r="B55" s="35" t="s">
+        <v>305</v>
+      </c>
+      <c r="C55" s="36"/>
+      <c r="D55" s="37"/>
+    </row>
+    <row r="56" spans="1:4" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="34">
+        <v>45972</v>
+      </c>
+      <c r="B56" s="35" t="s">
+        <v>310</v>
+      </c>
+      <c r="C56" s="36"/>
+      <c r="D56" s="37"/>
+    </row>
+    <row r="57" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A57" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B56" s="4" t="s">
+      <c r="B57" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="C56" s="4" t="s">
+      <c r="C57" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="D56" s="4" t="s">
+      <c r="D57" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="57" spans="1:4" ht="108" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="8">
+    <row r="58" spans="1:4" ht="108" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="8">
         <v>6</v>
       </c>
-      <c r="B57" s="5" t="s">
+      <c r="B58" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="C57" s="5" t="s">
+      <c r="C58" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="D57" s="24" t="s">
+      <c r="D58" s="24" t="s">
         <v>184</v>
       </c>
     </row>
-    <row r="58" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A58" s="34">
+    <row r="59" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A59" s="38">
         <v>8</v>
       </c>
-      <c r="B58" s="35" t="s">
+      <c r="B59" s="39" t="s">
         <v>227</v>
       </c>
-      <c r="C58" s="5" t="s">
+      <c r="C59" s="5" t="s">
         <v>304</v>
       </c>
-      <c r="D58" s="5" t="s">
+      <c r="D59" s="5" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="59" spans="1:4" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C59" s="43" t="s">
+    <row r="60" spans="1:4" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A60" s="38"/>
+      <c r="B60" s="39"/>
+      <c r="C60" s="47" t="s">
         <v>229</v>
       </c>
-      <c r="D59" s="43" t="s">
+      <c r="D60" s="47" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="60" spans="1:4" ht="133.5" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-    </row>
     <row r="61" spans="1:4" ht="133.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="8" t="s">
+      <c r="A61" s="38"/>
+      <c r="B61" s="39"/>
+      <c r="C61" s="48"/>
+      <c r="D61" s="49"/>
+    </row>
+    <row r="62" spans="1:4" ht="133.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="8" t="s">
         <v>283</v>
       </c>
-      <c r="B61" s="5" t="s">
+      <c r="B62" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="C61" s="31" t="s">
+      <c r="C62" s="31" t="s">
         <v>293</v>
       </c>
-      <c r="D61" s="32" t="s">
+      <c r="D62" s="32" t="s">
         <v>285</v>
       </c>
     </row>
-    <row r="62" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="8">
+    <row r="63" spans="1:4" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="8">
         <v>9</v>
       </c>
-      <c r="B62" s="5" t="s">
+      <c r="B63" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C62" s="5" t="s">
+      <c r="C63" s="5" t="s">
         <v>230</v>
       </c>
-      <c r="D62" s="5" t="s">
+      <c r="D63" s="5" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="63" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A63" s="8">
+    <row r="64" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="8">
         <v>10</v>
       </c>
-      <c r="B63" s="5" t="s">
+      <c r="B64" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="C63" s="5" t="s">
+      <c r="C64" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="D63" s="5" t="s">
+      <c r="D64" s="5" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="64" spans="1:4" ht="82.5" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="65" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:4" ht="82.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="8">
         <v>11</v>
       </c>
       <c r="B65" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="8">
+        <v>11</v>
+      </c>
+      <c r="B66" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C65" s="5" t="s">
+      <c r="C66" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="D65" s="5" t="s">
+      <c r="D66" s="5" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="66" spans="1:4" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="67" spans="1:4" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="67" spans="1:4" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="8">
         <v>12</v>
       </c>
       <c r="B67" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="8">
+        <v>12</v>
+      </c>
+      <c r="B68" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C67" s="5" t="s">
+      <c r="C68" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="D67" s="5" t="s">
+      <c r="D68" s="5" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="68" spans="1:4" ht="156" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="8">
+    <row r="69" spans="1:4" ht="156" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="8">
         <v>13</v>
       </c>
-      <c r="B68" s="5" t="s">
+      <c r="B69" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="C68" s="20" t="s">
+      <c r="C69" s="20" t="s">
         <v>220</v>
       </c>
-      <c r="D68" s="5" t="s">
+      <c r="D69" s="5" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="69" spans="1:4" ht="51" x14ac:dyDescent="0.2">
-      <c r="A69" s="8">
+    <row r="70" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A70" s="8">
         <v>28</v>
       </c>
-      <c r="B69" s="5" t="s">
+      <c r="B70" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="C69" s="5" t="s">
+      <c r="C70" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="D69" s="5" t="s">
+      <c r="D70" s="5" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="70" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
-      <c r="A70" s="8">
+    <row r="71" spans="1:4" ht="89.25" x14ac:dyDescent="0.2">
+      <c r="A71" s="8">
         <v>30</v>
       </c>
-      <c r="B70" s="5" t="s">
+      <c r="B71" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="C70" s="5" t="s">
+      <c r="C71" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="D70" s="5" t="s">
+      <c r="D71" s="5" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="71" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="8" t="s">
+    <row r="72" spans="1:4" ht="74.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="8" t="s">
         <v>237</v>
       </c>
-      <c r="B71" s="5" t="s">
+      <c r="B72" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="C71" s="5" t="s">
+      <c r="C72" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="D71" s="5" t="s">
+      <c r="D72" s="5" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="72" spans="1:4" ht="103.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="8" t="s">
+    <row r="73" spans="1:4" ht="103.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="8" t="s">
         <v>275</v>
       </c>
-      <c r="B72" s="5" t="s">
+      <c r="B73" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="C72" s="5" t="s">
+      <c r="C73" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="D72" s="5" t="s">
+      <c r="D73" s="5" t="s">
         <v>288</v>
       </c>
     </row>
-    <row r="73" spans="1:4" ht="42.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="8" t="s">
+    <row r="74" spans="1:4" ht="42.6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="8" t="s">
         <v>239</v>
       </c>
-      <c r="B73" s="5" t="s">
+      <c r="B74" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="C73" s="5" t="s">
+      <c r="C74" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="D73" s="5" t="s">
+      <c r="D74" s="5" t="s">
         <v>240</v>
       </c>
     </row>
-    <row r="74" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A74" s="8">
+    <row r="75" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A75" s="8">
         <v>34</v>
       </c>
-      <c r="B74" s="5" t="s">
+      <c r="B75" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="C74" s="5" t="s">
+      <c r="C75" s="5" t="s">
         <v>185</v>
       </c>
-      <c r="D74" s="5" t="s">
+      <c r="D75" s="5" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="75" spans="1:4" ht="51" x14ac:dyDescent="0.2">
-      <c r="A75" s="8">
+    <row r="76" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A76" s="8">
         <v>36</v>
       </c>
-      <c r="B75" s="5" t="s">
+      <c r="B76" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="C75" s="5" t="s">
+      <c r="C76" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="D75" s="5" t="s">
+      <c r="D76" s="5" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="76" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A76" s="8">
+    <row r="77" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A77" s="8">
         <v>37</v>
       </c>
-      <c r="B76" s="5" t="s">
+      <c r="B77" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="C76" s="5" t="s">
+      <c r="C77" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="D76" s="5" t="s">
+      <c r="D77" s="5" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="77" spans="1:4" ht="51" x14ac:dyDescent="0.2">
-      <c r="A77" s="8">
+    <row r="78" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A78" s="8">
         <v>38</v>
       </c>
-      <c r="B77" s="5" t="s">
+      <c r="B78" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="C77" s="5" t="s">
+      <c r="C78" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="D77" s="5" t="s">
+      <c r="D78" s="5" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="78" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A78" s="8">
+    <row r="79" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A79" s="8">
         <v>39</v>
       </c>
-      <c r="B78" s="5" t="s">
+      <c r="B79" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="C78" s="5" t="s">
+      <c r="C79" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="D78" s="5" t="s">
+      <c r="D79" s="5" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="79" spans="1:4" ht="102" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="80" spans="1:4" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:4" ht="102" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="8">
         <v>40</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>82</v>
+        <v>300</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>166</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="81" spans="1:4" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="8">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>254</v>
+        <v>82</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>192</v>
+        <v>83</v>
       </c>
       <c r="D81" s="8" t="s">
-        <v>188</v>
+        <v>171</v>
       </c>
     </row>
     <row r="82" spans="1:4" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="8">
+        <v>41</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="D82" s="8" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="64.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="8">
         <v>43</v>
       </c>
-      <c r="B82" s="5" t="s">
+      <c r="B83" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="C82" s="8" t="s">
+      <c r="C83" s="8" t="s">
         <v>189</v>
       </c>
-      <c r="D82" s="8" t="s">
+      <c r="D83" s="8" t="s">
         <v>91</v>
-      </c>
-[...12 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="8">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
     </row>
     <row r="85" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="8">
+        <v>47</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="69" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="8">
         <v>48</v>
       </c>
-      <c r="B85" s="5" t="s">
+      <c r="B86" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="C85" s="5" t="s">
+      <c r="C86" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="D85" s="5" t="s">
+      <c r="D86" s="5" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="86" spans="1:4" ht="152.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="8">
+    <row r="87" spans="1:4" ht="152.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="8">
         <v>50</v>
       </c>
-      <c r="B86" s="20" t="s">
+      <c r="B87" s="20" t="s">
         <v>296</v>
       </c>
-      <c r="C86" s="5" t="s">
+      <c r="C87" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="D86" s="5" t="s">
+      <c r="D87" s="5" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="87" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="8">
+    <row r="88" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="8">
         <v>51</v>
       </c>
-      <c r="B87" s="5" t="s">
+      <c r="B88" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="C87" s="5" t="s">
+      <c r="C88" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="D87" s="5" t="s">
+      <c r="D88" s="5" t="s">
         <v>75</v>
-      </c>
-[...12 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="89" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A89" s="8">
         <v>52</v>
       </c>
       <c r="B89" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A90" s="8">
+        <v>52</v>
+      </c>
+      <c r="B90" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="C89" s="5" t="s">
+      <c r="C90" s="5" t="s">
         <v>105</v>
-      </c>
-[...12 lines deleted...]
-        <v>261</v>
       </c>
       <c r="D90" s="5" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="91" spans="1:4" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:4" ht="48" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="8">
+        <v>53</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="8">
         <v>54</v>
       </c>
-      <c r="B91" s="5" t="s">
+      <c r="B92" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="C91" s="5" t="s">
+      <c r="C92" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="D91" s="5" t="s">
+      <c r="D92" s="5" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="92" spans="1:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="8" t="s">
+    <row r="93" spans="1:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="8" t="s">
         <v>264</v>
       </c>
-      <c r="B92" s="5" t="s">
+      <c r="B93" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="C92" s="5" t="s">
+      <c r="C93" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="D92" s="5" t="s">
+      <c r="D93" s="5" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="93" spans="1:4" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="8">
+    <row r="94" spans="1:4" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="8">
         <v>55</v>
       </c>
-      <c r="B93" s="5" t="s">
+      <c r="B94" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C93" s="5" t="s">
+      <c r="C94" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="D93" s="5" t="s">
+      <c r="D94" s="5" t="s">
         <v>77</v>
       </c>
     </row>
-    <row r="94" spans="1:4" ht="51" x14ac:dyDescent="0.2">
-      <c r="A94" s="8">
+    <row r="95" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A95" s="8">
         <v>56</v>
       </c>
-      <c r="B94" s="5" t="s">
+      <c r="B95" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="C94" s="5" t="s">
+      <c r="C95" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="D94" s="5" t="s">
+      <c r="D95" s="5" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="95" spans="1:4" ht="102" x14ac:dyDescent="0.2">
-      <c r="A95" s="8" t="s">
+    <row r="96" spans="1:4" ht="102" x14ac:dyDescent="0.2">
+      <c r="A96" s="8" t="s">
         <v>290</v>
       </c>
-      <c r="B95" s="5" t="s">
+      <c r="B96" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="C95" s="5" t="s">
+      <c r="C96" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="D95" s="5" t="s">
+      <c r="D96" s="5" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="96" spans="1:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A96" s="8">
+    <row r="97" spans="1:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="8">
         <v>57</v>
       </c>
-      <c r="B96" s="5" t="s">
+      <c r="B97" s="5" t="s">
         <v>167</v>
       </c>
-      <c r="C96" s="5" t="s">
+      <c r="C97" s="5" t="s">
         <v>168</v>
       </c>
-      <c r="D96" s="5" t="s">
+      <c r="D97" s="5" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="97" spans="1:4" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A97" s="8">
+    <row r="98" spans="1:4" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="8">
         <v>58</v>
       </c>
-      <c r="B97" s="5" t="s">
+      <c r="B98" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C97" s="5" t="s">
+      <c r="C98" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="D97" s="5" t="s">
+      <c r="D98" s="5" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="98" spans="1:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A98" s="8" t="s">
+    <row r="99" spans="1:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="8" t="s">
+        <v>306</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="D99" s="5" t="s">
         <v>307</v>
       </c>
-      <c r="B98" s="5" t="s">
-[...10 lines deleted...]
-      <c r="A99" s="8">
+    </row>
+    <row r="100" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A100" s="8">
         <v>59</v>
       </c>
-      <c r="B99" s="5" t="s">
+      <c r="B100" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="C99" s="5" t="s">
+      <c r="C100" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="D99" s="5" t="s">
+      <c r="D100" s="5" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="100" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A100" s="8">
+    <row r="101" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A101" s="8">
         <v>60</v>
       </c>
-      <c r="B100" s="5" t="s">
+      <c r="B101" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="C100" s="5" t="s">
+      <c r="C101" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="D100" s="5" t="s">
+      <c r="D101" s="5" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="101" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A101" s="8">
+    <row r="102" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A102" s="8">
         <v>61</v>
       </c>
-      <c r="B101" s="5" t="s">
+      <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C101" s="5" t="s">
+      <c r="C102" s="5" t="s">
         <v>109</v>
       </c>
-      <c r="D101" s="5" t="s">
+      <c r="D102" s="5" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="102" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A102" s="8">
+    <row r="103" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A103" s="8">
         <v>62</v>
       </c>
-      <c r="B102" s="5" t="s">
+      <c r="B103" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="C102" s="5" t="s">
+      <c r="C103" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="D102" s="5" t="s">
+      <c r="D103" s="5" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="103" spans="1:4" ht="260.10000000000002" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="8">
+    <row r="104" spans="1:4" ht="260.10000000000002" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="8">
         <v>67</v>
       </c>
-      <c r="B103" s="5" t="s">
+      <c r="B104" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="C103" s="5" t="s">
+      <c r="C104" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="D103" s="5" t="s">
+      <c r="D104" s="5" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="104" spans="1:4" ht="201.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="8">
+    <row r="105" spans="1:4" ht="201.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="8">
         <v>68</v>
       </c>
-      <c r="B104" s="5" t="s">
+      <c r="B105" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="C104" s="5" t="s">
+      <c r="C105" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="D104" s="5" t="s">
+      <c r="D105" s="5" t="s">
         <v>53</v>
-      </c>
-[...12 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="106" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A106" s="8">
+        <v>71</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A107" s="8">
         <v>74</v>
       </c>
-      <c r="B106" s="5" t="s">
+      <c r="B107" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="C106" s="5" t="s">
+      <c r="C107" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="D106" s="5" t="s">
+      <c r="D107" s="5" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="107" spans="1:4" ht="102" x14ac:dyDescent="0.2">
-      <c r="A107" s="8">
+    <row r="108" spans="1:4" ht="102" x14ac:dyDescent="0.2">
+      <c r="A108" s="8">
         <v>75</v>
       </c>
-      <c r="B107" s="5" t="s">
+      <c r="B108" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="C107" s="5" t="s">
+      <c r="C108" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="D107" s="5" t="s">
+      <c r="D108" s="5" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="108" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A108" s="8">
+    <row r="109" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A109" s="8">
         <v>76</v>
       </c>
-      <c r="B108" s="5" t="s">
+      <c r="B109" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="C108" s="5" t="s">
+      <c r="C109" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="D108" s="5" t="s">
+      <c r="D109" s="5" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="109" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A109" s="8">
+    <row r="110" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A110" s="8">
         <v>77</v>
       </c>
-      <c r="B109" s="5" t="s">
+      <c r="B110" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C109" s="5" t="s">
+      <c r="C110" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D109" s="5" t="s">
+      <c r="D110" s="5" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="110" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A110" s="8">
+    <row r="111" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A111" s="8">
         <v>78</v>
       </c>
-      <c r="B110" s="5" t="s">
+      <c r="B111" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="C110" s="5" t="s">
+      <c r="C111" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="D110" s="5" t="s">
+      <c r="D111" s="5" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="111" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="112" spans="1:4" ht="93" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A112" s="8">
         <v>79</v>
       </c>
       <c r="B112" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4" ht="93" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A113" s="8">
+        <v>79</v>
+      </c>
+      <c r="B113" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="C112" s="5" t="s">
+      <c r="C113" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="D112" s="5" t="s">
+      <c r="D113" s="5" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="113" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A113" s="8">
+    <row r="114" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A114" s="8">
         <v>80</v>
       </c>
-      <c r="B113" s="5" t="s">
+      <c r="B114" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="C113" s="5" t="s">
+      <c r="C114" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="D113" s="5" t="s">
+      <c r="D114" s="5" t="s">
         <v>56</v>
-      </c>
-[...12 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="115" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="8">
+        <v>82</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4" ht="67.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A116" s="8">
         <v>83</v>
       </c>
-      <c r="B115" s="5" t="s">
+      <c r="B116" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="C115" s="5" t="s">
+      <c r="C116" s="5" t="s">
         <v>208</v>
-      </c>
-[...12 lines deleted...]
-        <v>259</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="117" spans="1:4" ht="51" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>84</v>
+    <row r="117" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A117" s="8" t="s">
+        <v>246</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>25</v>
+        <v>258</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>116</v>
+        <v>259</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4" ht="51" x14ac:dyDescent="0.2">
       <c r="A118" s="8">
         <v>84</v>
       </c>
       <c r="B118" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A119" s="8">
+        <v>84</v>
+      </c>
+      <c r="B119" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C118" s="5" t="s">
+      <c r="C119" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="D118" s="5" t="s">
+      <c r="D119" s="5" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="119" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A119" s="8">
+    <row r="120" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A120" s="8">
         <v>85</v>
       </c>
-      <c r="B119" s="5" t="s">
+      <c r="B120" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="C119" s="5" t="s">
+      <c r="C120" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="D119" s="5" t="s">
+      <c r="D120" s="5" t="s">
         <v>59</v>
-      </c>
-[...12 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="121" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A121" s="8">
+        <v>86</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A122" s="8">
         <v>87</v>
       </c>
-      <c r="B121" s="5" t="s">
+      <c r="B122" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="C121" s="5" t="s">
+      <c r="C122" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="D121" s="5" t="s">
+      <c r="D122" s="5" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="122" spans="1:4" ht="60" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A122" s="8">
+    <row r="123" spans="1:4" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A123" s="8">
         <v>90</v>
       </c>
-      <c r="B122" s="5" t="s">
+      <c r="B123" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="C122" s="5" t="s">
+      <c r="C123" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D122" s="5" t="s">
+      <c r="D123" s="5" t="s">
         <v>62</v>
       </c>
     </row>
-    <row r="123" spans="1:4" ht="51" x14ac:dyDescent="0.2">
-      <c r="A123" s="8">
+    <row r="124" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+      <c r="A124" s="8">
         <v>91</v>
       </c>
-      <c r="B123" s="5" t="s">
+      <c r="B124" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="C123" s="5" t="s">
+      <c r="C124" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="D123" s="5" t="s">
+      <c r="D124" s="5" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="124" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A124" s="8">
+    <row r="125" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A125" s="8">
         <v>93</v>
       </c>
-      <c r="B124" s="5" t="s">
+      <c r="B125" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="C124" s="5" t="s">
+      <c r="C125" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="D124" s="5" t="s">
+      <c r="D125" s="5" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="125" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A125" s="8">
+    <row r="126" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+      <c r="A126" s="8">
         <v>95</v>
       </c>
-      <c r="B125" s="5" t="s">
+      <c r="B126" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="C125" s="5" t="s">
+      <c r="C126" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="D125" s="5" t="s">
+      <c r="D126" s="5" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="126" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A126" s="8" t="s">
+    <row r="127" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+      <c r="A127" s="8" t="s">
         <v>33</v>
       </c>
-      <c r="B126" s="5" t="s">
+      <c r="B127" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C126" s="5" t="s">
+      <c r="C127" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="D126" s="5" t="s">
+      <c r="D127" s="5" t="s">
         <v>68</v>
       </c>
     </row>
-    <row r="127" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A127" s="8" t="s">
+    <row r="128" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A128" s="8" t="s">
         <v>194</v>
       </c>
-      <c r="B127" s="5" t="s">
+      <c r="B128" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="C127" s="5" t="s">
+      <c r="C128" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="D127" s="5" t="s">
+      <c r="D128" s="5" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="128" spans="1:4" ht="172.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A128" s="8" t="s">
+    <row r="129" spans="1:4" ht="172.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A129" s="8" t="s">
         <v>88</v>
       </c>
-      <c r="B128" s="5" t="s">
+      <c r="B129" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="C128" s="5" t="s">
+      <c r="C129" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="D128" s="13" t="s">
+      <c r="D129" s="13" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="129" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="130" spans="1:4" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
       <c r="A130" s="8" t="s">
         <v>89</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="D130" s="13" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="131" spans="1:4" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="131" spans="1:4" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D131" s="13" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A132" s="8" t="s">
         <v>92</v>
       </c>
-      <c r="B131" s="14" t="s">
+      <c r="B132" s="14" t="s">
         <v>163</v>
       </c>
-      <c r="C131" s="5" t="s">
+      <c r="C132" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="D131" s="15" t="s">
+      <c r="D132" s="15" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="132" spans="1:4" ht="183" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A132" s="8" t="s">
+    <row r="133" spans="1:4" ht="183" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A133" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="B132" s="5" t="s">
+      <c r="B133" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="C132" s="5" t="s">
+      <c r="C133" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="D132" s="5" t="s">
+      <c r="D133" s="5" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="133" spans="1:4" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A133" s="8" t="s">
+    <row r="134" spans="1:4" ht="96.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A134" s="8" t="s">
         <v>279</v>
       </c>
-      <c r="B133" s="5" t="s">
+      <c r="B134" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="C133" s="5" t="s">
+      <c r="C134" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="D133" s="5" t="s">
+      <c r="D134" s="5" t="s">
         <v>281</v>
       </c>
     </row>
-    <row r="134" spans="1:4" ht="363.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A134" s="8" t="s">
+    <row r="135" spans="1:4" ht="363.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A135" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="B134" s="5" t="s">
+      <c r="B135" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="C134" s="5" t="s">
+      <c r="C135" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="D134" s="5" t="s">
+      <c r="D135" s="5" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="135" spans="1:4" ht="81" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A135" s="25" t="s">
+    <row r="136" spans="1:4" ht="81" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A136" s="25" t="s">
         <v>197</v>
       </c>
-      <c r="B135" s="26" t="s">
+      <c r="B136" s="26" t="s">
         <v>175</v>
       </c>
-      <c r="C135" s="26" t="s">
+      <c r="C136" s="26" t="s">
         <v>210</v>
-      </c>
-[...12 lines deleted...]
-        <v>211</v>
       </c>
       <c r="D136" s="26" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="137" spans="1:4" ht="54.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="137" spans="1:4" ht="68.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="25" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B137" s="26" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C137" s="26" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D137" s="26" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="138" spans="1:4" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:4" ht="54.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="25" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B138" s="26" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C138" s="26" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D138" s="26" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="139" spans="1:4" ht="51.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:4" ht="55.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="25" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B139" s="26" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C139" s="26" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D139" s="26" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="140" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:4" ht="51.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="25" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B140" s="26" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="C140" s="26" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="D140" s="26" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="141" spans="1:4" ht="109.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A141" s="8" t="s">
+    <row r="141" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A141" s="25" t="s">
+        <v>202</v>
+      </c>
+      <c r="B141" s="26" t="s">
+        <v>181</v>
+      </c>
+      <c r="C141" s="26" t="s">
+        <v>215</v>
+      </c>
+      <c r="D141" s="26" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4" ht="109.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A142" s="8" t="s">
         <v>196</v>
       </c>
-      <c r="B141" s="5" t="s">
+      <c r="B142" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="C141" s="5" t="s">
+      <c r="C142" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="D141" s="5" t="s">
+      <c r="D142" s="5" t="s">
         <v>203</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="D142" s="21"/>
     </row>
     <row r="143" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A143" s="22"/>
       <c r="B143" s="21"/>
       <c r="C143" s="21"/>
       <c r="D143" s="21"/>
     </row>
     <row r="144" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A144" s="22"/>
       <c r="B144" s="21"/>
       <c r="C144" s="21"/>
       <c r="D144" s="21"/>
     </row>
     <row r="145" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A145" s="22"/>
       <c r="B145" s="21"/>
       <c r="C145" s="21"/>
       <c r="D145" s="21"/>
     </row>
     <row r="146" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A146" s="22"/>
       <c r="B146" s="21"/>
       <c r="C146" s="21"/>
       <c r="D146" s="21"/>
     </row>
@@ -5418,65 +5437,71 @@
     </row>
     <row r="163" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A163" s="22"/>
       <c r="B163" s="21"/>
       <c r="C163" s="21"/>
       <c r="D163" s="21"/>
     </row>
     <row r="164" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A164" s="22"/>
       <c r="B164" s="21"/>
       <c r="C164" s="21"/>
       <c r="D164" s="21"/>
     </row>
     <row r="165" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A165" s="22"/>
       <c r="B165" s="21"/>
       <c r="C165" s="21"/>
       <c r="D165" s="21"/>
     </row>
     <row r="166" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A166" s="22"/>
       <c r="B166" s="21"/>
       <c r="C166" s="21"/>
       <c r="D166" s="21"/>
     </row>
+    <row r="167" spans="1:4" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A167" s="22"/>
+      <c r="B167" s="21"/>
+      <c r="C167" s="21"/>
+      <c r="D167" s="21"/>
+    </row>
   </sheetData>
   <mergeCells count="14">
-    <mergeCell ref="A58:A60"/>
-    <mergeCell ref="B58:B60"/>
+    <mergeCell ref="A59:A61"/>
+    <mergeCell ref="B59:B61"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:D8"/>
     <mergeCell ref="B9:D9"/>
-    <mergeCell ref="C59:C60"/>
-    <mergeCell ref="D59:D60"/>
+    <mergeCell ref="C60:C61"/>
+    <mergeCell ref="D60:D61"/>
     <mergeCell ref="B44:C44"/>
   </mergeCells>
   <phoneticPr fontId="16" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101007C45DEA5144669478CBCA0E82476BE0E" ma:contentTypeVersion="18" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="d0117a5bbebf0c9b5b38c793618f8c85">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ae996881-ca24-45d4-9d77-2b8c4778ed48" xmlns:ns3="0cdf32cc-f471-4d4b-8d10-558d6b26b2f2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a73983b03a1c202680b9d99d2daa5e6b" ns2:_="" ns3:_="">
     <xsd:import namespace="ae996881-ca24-45d4-9d77-2b8c4778ed48"/>
     <xsd:import namespace="0cdf32cc-f471-4d4b-8d10-558d6b26b2f2"/>